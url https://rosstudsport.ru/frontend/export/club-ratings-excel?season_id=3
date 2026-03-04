--- v0 (2025-12-15)
+++ v1 (2026-03-04)
@@ -83,51 +83,51 @@
   <si>
     <t>Сенатор</t>
   </si>
   <si>
     <t>Буревестник</t>
   </si>
   <si>
     <t>Альянс</t>
   </si>
   <si>
     <t>Хищные бобры</t>
   </si>
   <si>
     <t>Казанские Юлбарсы</t>
   </si>
   <si>
     <t>КАИ-Зилант</t>
   </si>
   <si>
     <t>ЮФУ</t>
   </si>
   <si>
     <t>Тандем</t>
   </si>
   <si>
-    <t xml:space="preserve">Гвардия  </t>
+    <t>Гвардия</t>
   </si>
   <si>
     <t>Олимп</t>
   </si>
   <si>
     <t>Альтернатива</t>
   </si>
   <si>
     <t>Сибирские львы</t>
   </si>
   <si>
     <t>Атлант</t>
   </si>
   <si>
     <t>Бауманские Панды</t>
   </si>
   <si>
     <t>Спарта</t>
   </si>
   <si>
     <t>Максимус</t>
   </si>
   <si>
     <t>Космический</t>
   </si>
@@ -236,51 +236,51 @@
   <si>
     <t>ФАРМ</t>
   </si>
   <si>
     <t>Олимпия</t>
   </si>
   <si>
     <t>Электрон</t>
   </si>
   <si>
     <t>Южный слон</t>
   </si>
   <si>
     <t>Хаски</t>
   </si>
   <si>
     <t xml:space="preserve">Крылатые барсы </t>
   </si>
   <si>
     <t>Север</t>
   </si>
   <si>
     <t>ФинСпорт</t>
   </si>
   <si>
-    <t>Орёл57</t>
+    <t>ОрёлГУ</t>
   </si>
   <si>
     <t>Пегас</t>
   </si>
   <si>
     <t>Колос</t>
   </si>
   <si>
     <t>ВАЙТ</t>
   </si>
   <si>
     <t>Ладья</t>
   </si>
   <si>
     <t>Уральские лисы</t>
   </si>
   <si>
     <t>Балтийские орланы</t>
   </si>
   <si>
     <t>ССК Ворон|ФГБОУ ВО Вологодская ГМХА</t>
   </si>
   <si>
     <t>Студенческий спортивный клуб Дружба</t>
   </si>