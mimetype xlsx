--- v0 (2025-12-05)
+++ v1 (2026-03-15)
@@ -62,51 +62,51 @@
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>Клуб</t>
   </si>
   <si>
     <t>Лучший ССК (учебный период)</t>
   </si>
   <si>
     <t>Лучший ССК (летний период)</t>
   </si>
   <si>
     <t>Чемпионат АССК</t>
   </si>
   <si>
     <t>Итог</t>
   </si>
   <si>
     <t>РязГМУ</t>
   </si>
   <si>
     <t>Кронверкские барсы</t>
   </si>
   <si>
-    <t xml:space="preserve">Гвардия  </t>
+    <t>Гвардия</t>
   </si>
   <si>
     <t>Хищные бобры</t>
   </si>
   <si>
     <t>Тандем</t>
   </si>
   <si>
     <t>Олимп</t>
   </si>
   <si>
     <t>Альянс</t>
   </si>
   <si>
     <t>Альтернатива</t>
   </si>
   <si>
     <t>Казак</t>
   </si>
   <si>
     <t>ЮФУ</t>
   </si>
   <si>
     <t>Волжские медведи</t>
   </si>
@@ -197,51 +197,51 @@
   <si>
     <t>ККСТ</t>
   </si>
   <si>
     <t>Студенческий спортивный клуб Дружба</t>
   </si>
   <si>
     <t>Стальные сердца</t>
   </si>
   <si>
     <t>Спарта</t>
   </si>
   <si>
     <t>Электромед</t>
   </si>
   <si>
     <t xml:space="preserve">Прайд </t>
   </si>
   <si>
     <t>Армада</t>
   </si>
   <si>
     <t>МВА</t>
   </si>
   <si>
-    <t>Орёл57</t>
+    <t>ОрёлГУ</t>
   </si>
   <si>
     <t>НовХИТ</t>
   </si>
   <si>
     <t>Звёздный путь</t>
   </si>
   <si>
     <t>Гвардия (ПОО)</t>
   </si>
   <si>
     <t>Невские титаны</t>
   </si>
   <si>
     <t>Морские волки</t>
   </si>
   <si>
     <t>Тимирязевские зубры</t>
   </si>
   <si>
     <t>Технолог</t>
   </si>
   <si>
     <t>Кантиана</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Оскал</t>
   </si>
   <si>
     <t xml:space="preserve">Торнадо </t>
   </si>
   <si>
     <t>Красные Кобры</t>
   </si>
   <si>
     <t>Политех Дагестан</t>
   </si>
   <si>
     <t>КРОНОС</t>
   </si>
   <si>
     <t>Вымпел</t>
   </si>
   <si>
     <t>Медведи</t>
   </si>
   <si>
     <t xml:space="preserve">Галактика </t>
   </si>
   <si>
-    <t>ВГППК</t>
+    <t>Воронежский государственный профессионально-педагогический колледж</t>
   </si>
   <si>
     <t>ВятГУ</t>
   </si>
   <si>
     <t>Агротех</t>
   </si>
   <si>
     <t>ФАРМ</t>
   </si>
   <si>
     <t xml:space="preserve">Политехник </t>
   </si>
   <si>
     <t>Успех</t>
   </si>
   <si>
     <t>НОВА</t>
   </si>
   <si>
     <t>Стимул</t>
   </si>
   <si>
     <t xml:space="preserve">Горняк дубль </t>
   </si>
@@ -687,51 +687,51 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F194"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
-    <col min="2" max="2" width="42" customWidth="1"/>
+    <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customHeight="1" ht="30">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2"/>
       <c r="B2" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3" t="s" s="3">
         <v>3</v>
       </c>